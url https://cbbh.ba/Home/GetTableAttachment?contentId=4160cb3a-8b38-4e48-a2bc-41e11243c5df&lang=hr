--- v0 (2025-11-04)
+++ v1 (2026-02-23)
@@ -7,81 +7,81 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Serverdata\spb\RADNO\Vanjski dug\QEDS\QEDS za web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{462C1E24-50BE-4A2F-A514-4D883DF74333}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{716F1999-CB92-47EA-987B-50662A5F3D9B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Po sektorima" sheetId="1" r:id="rId1"/>
     <sheet name="Po instrumentima" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="50">
   <si>
     <t>2018Q1</t>
   </si>
   <si>
     <t>2018Q2</t>
   </si>
   <si>
     <t>2018Q3</t>
   </si>
   <si>
     <t>2018Q4</t>
   </si>
   <si>
     <t>2019Q1</t>
   </si>
   <si>
     <t>2019Q2</t>
   </si>
   <si>
     <t>2019Q3</t>
   </si>
   <si>
     <t>2019Q4</t>
   </si>
   <si>
@@ -184,50 +184,53 @@
     <t>2023Q2</t>
   </si>
   <si>
     <t>2023Q3</t>
   </si>
   <si>
     <t>2023Q4</t>
   </si>
   <si>
     <t>2024Q1</t>
   </si>
   <si>
     <t>2024Q2</t>
   </si>
   <si>
     <t>2024Q3</t>
   </si>
   <si>
     <t>2024Q4</t>
   </si>
   <si>
     <t>2025Q1</t>
   </si>
   <si>
     <t>2025Q2</t>
+  </si>
+  <si>
+    <t>2025Q3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _K_M_-;\-* #,##0.00\ _K_M_-;_-* &quot;-&quot;??\ _K_M_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
@@ -1252,54 +1255,54 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AE29"/>
+  <dimension ref="A1:AF29"/>
   <sheetViews>
     <sheetView topLeftCell="Q1" workbookViewId="0">
-      <selection activeCell="AD33" sqref="AD33"/>
+      <selection activeCell="AA31" sqref="AA31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="53.140625" style="2" customWidth="1"/>
     <col min="2" max="18" width="10.7109375" style="2" customWidth="1"/>
     <col min="19" max="254" width="9.140625" style="2"/>
     <col min="255" max="255" width="53.140625" style="2" customWidth="1"/>
     <col min="256" max="259" width="17.140625" style="2" customWidth="1"/>
     <col min="260" max="260" width="9.140625" style="2"/>
     <col min="261" max="261" width="36.85546875" style="2" customWidth="1"/>
     <col min="262" max="262" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="263" max="510" width="9.140625" style="2"/>
     <col min="511" max="511" width="53.140625" style="2" customWidth="1"/>
     <col min="512" max="515" width="17.140625" style="2" customWidth="1"/>
     <col min="516" max="516" width="9.140625" style="2"/>
     <col min="517" max="517" width="36.85546875" style="2" customWidth="1"/>
     <col min="518" max="518" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="519" max="766" width="9.140625" style="2"/>
     <col min="767" max="767" width="53.140625" style="2" customWidth="1"/>
     <col min="768" max="771" width="17.140625" style="2" customWidth="1"/>
     <col min="772" max="772" width="9.140625" style="2"/>
     <col min="773" max="773" width="36.85546875" style="2" customWidth="1"/>
     <col min="774" max="774" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="775" max="1022" width="9.140625" style="2"/>
@@ -1643,81 +1646,81 @@
     <col min="15360" max="15363" width="17.140625" style="2" customWidth="1"/>
     <col min="15364" max="15364" width="9.140625" style="2"/>
     <col min="15365" max="15365" width="36.85546875" style="2" customWidth="1"/>
     <col min="15366" max="15366" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="15367" max="15614" width="9.140625" style="2"/>
     <col min="15615" max="15615" width="53.140625" style="2" customWidth="1"/>
     <col min="15616" max="15619" width="17.140625" style="2" customWidth="1"/>
     <col min="15620" max="15620" width="9.140625" style="2"/>
     <col min="15621" max="15621" width="36.85546875" style="2" customWidth="1"/>
     <col min="15622" max="15622" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="15623" max="15870" width="9.140625" style="2"/>
     <col min="15871" max="15871" width="53.140625" style="2" customWidth="1"/>
     <col min="15872" max="15875" width="17.140625" style="2" customWidth="1"/>
     <col min="15876" max="15876" width="9.140625" style="2"/>
     <col min="15877" max="15877" width="36.85546875" style="2" customWidth="1"/>
     <col min="15878" max="15878" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="15879" max="16126" width="9.140625" style="2"/>
     <col min="16127" max="16127" width="53.140625" style="2" customWidth="1"/>
     <col min="16128" max="16131" width="17.140625" style="2" customWidth="1"/>
     <col min="16132" max="16132" width="9.140625" style="2"/>
     <col min="16133" max="16133" width="36.85546875" style="2" customWidth="1"/>
     <col min="16134" max="16134" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="16135" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="2" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
     </row>
-    <row r="3" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="4" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>7</v>
       </c>
@@ -1762,55 +1765,58 @@
       </c>
       <c r="W4" s="38" t="s">
         <v>40</v>
       </c>
       <c r="X4" s="38" t="s">
         <v>41</v>
       </c>
       <c r="Y4" s="38" t="s">
         <v>42</v>
       </c>
       <c r="Z4" s="38" t="s">
         <v>43</v>
       </c>
       <c r="AA4" s="38" t="s">
         <v>44</v>
       </c>
       <c r="AB4" s="38" t="s">
         <v>45</v>
       </c>
       <c r="AC4" s="38" t="s">
         <v>46</v>
       </c>
       <c r="AD4" s="38" t="s">
         <v>47</v>
       </c>
-      <c r="AE4" s="21" t="s">
+      <c r="AE4" s="38" t="s">
         <v>48</v>
       </c>
+      <c r="AF4" s="21" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="5" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="22">
         <v>8754.107881608752</v>
       </c>
       <c r="C5" s="23">
         <v>8783.1222363969791</v>
       </c>
       <c r="D5" s="23">
         <v>8724.7761482415735</v>
       </c>
       <c r="E5" s="23">
         <v>8632.4513299464816</v>
       </c>
       <c r="F5" s="23">
         <v>8719.3836095766346</v>
       </c>
       <c r="G5" s="23">
         <v>8644.9945688692133</v>
       </c>
       <c r="H5" s="23">
         <v>8704.5788887946237</v>
       </c>
       <c r="I5" s="23">
@@ -1855,57 +1861,60 @@
       <c r="V5" s="23">
         <v>10294.61221526193</v>
       </c>
       <c r="W5" s="23">
         <v>10158.860769956354</v>
       </c>
       <c r="X5" s="23">
         <v>10005.208687123744</v>
       </c>
       <c r="Y5" s="23">
         <v>9935.8808163108115</v>
       </c>
       <c r="Z5" s="23">
         <v>10000.451154093218</v>
       </c>
       <c r="AA5" s="23">
         <v>10169.755786229669</v>
       </c>
       <c r="AB5" s="23">
         <v>10134.215288791374</v>
       </c>
       <c r="AC5" s="23">
         <v>10217.873319840641</v>
       </c>
       <c r="AD5" s="23">
-        <v>9940.8526334447379</v>
-[...2 lines deleted...]
-        <v>9582.428190241737</v>
+        <v>9940.8487576587941</v>
+      </c>
+      <c r="AE5" s="23">
+        <v>9827.4128838237939</v>
+      </c>
+      <c r="AF5" s="24">
+        <v>10462.855606817287</v>
       </c>
     </row>
-    <row r="6" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="25">
         <v>39.683982434921333</v>
       </c>
       <c r="C6" s="26">
         <v>44.244860090576339</v>
       </c>
       <c r="D6" s="26">
         <v>47.030827566777482</v>
       </c>
       <c r="E6" s="26">
         <v>52.243448600000001</v>
       </c>
       <c r="F6" s="26">
         <v>45.370928016333465</v>
       </c>
       <c r="G6" s="26">
         <v>37.866870048362088</v>
       </c>
       <c r="H6" s="26">
         <v>33.283089684866709</v>
       </c>
       <c r="I6" s="26">
@@ -1952,55 +1961,58 @@
       </c>
       <c r="W6" s="26">
         <v>73.80542094823231</v>
       </c>
       <c r="X6" s="26">
         <v>76.158387778868004</v>
       </c>
       <c r="Y6" s="26">
         <v>80.56085281</v>
       </c>
       <c r="Z6" s="26">
         <v>82.144449755604654</v>
       </c>
       <c r="AA6" s="26">
         <v>83.873568371263985</v>
       </c>
       <c r="AB6" s="26">
         <v>84.92978355382823</v>
       </c>
       <c r="AC6" s="26">
         <v>86.905990930000002</v>
       </c>
       <c r="AD6" s="26">
         <v>89.707274537715037</v>
       </c>
-      <c r="AE6" s="27">
+      <c r="AE6" s="26">
         <v>92.765976846585644</v>
       </c>
+      <c r="AF6" s="27">
+        <v>94.634355214799299</v>
+      </c>
     </row>
-    <row r="7" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="25">
         <v>8714.4238991738312</v>
       </c>
       <c r="C7" s="26">
         <v>8738.8773763064037</v>
       </c>
       <c r="D7" s="26">
         <v>8677.7453206747959</v>
       </c>
       <c r="E7" s="26">
         <v>8580.2078813464814</v>
       </c>
       <c r="F7" s="26">
         <v>8674.0126815603016</v>
       </c>
       <c r="G7" s="26">
         <v>8607.1276988208519</v>
       </c>
       <c r="H7" s="26">
         <v>8671.2957991097574</v>
       </c>
       <c r="I7" s="26">
@@ -2045,57 +2057,60 @@
       <c r="V7" s="26">
         <v>10224.658811228473</v>
       </c>
       <c r="W7" s="26">
         <v>10085.055349008122</v>
       </c>
       <c r="X7" s="26">
         <v>9929.0502993448772</v>
       </c>
       <c r="Y7" s="26">
         <v>9855.3199635008114</v>
       </c>
       <c r="Z7" s="26">
         <v>9918.3067043376141</v>
       </c>
       <c r="AA7" s="26">
         <v>10085.882217858405</v>
       </c>
       <c r="AB7" s="26">
         <v>10049.285505237545</v>
       </c>
       <c r="AC7" s="26">
         <v>10130.967328910641</v>
       </c>
       <c r="AD7" s="26">
-        <v>9851.1453589070225</v>
-[...2 lines deleted...]
-        <v>9489.6622133951514</v>
+        <v>9851.1414831210786</v>
+      </c>
+      <c r="AE7" s="26">
+        <v>9734.6469069772083</v>
+      </c>
+      <c r="AF7" s="27">
+        <v>10368.221251602488</v>
       </c>
     </row>
-    <row r="8" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="28">
         <v>2.2209521199999998</v>
       </c>
       <c r="C8" s="29">
         <v>1.30763085</v>
       </c>
       <c r="D8" s="29">
         <v>0.841194</v>
       </c>
       <c r="E8" s="29">
         <v>0.81507792999999995</v>
       </c>
       <c r="F8" s="29">
         <v>0.31198077000000002</v>
       </c>
       <c r="G8" s="29">
         <v>1.1961246600000002</v>
       </c>
       <c r="H8" s="29">
         <v>4.4429225299999997</v>
       </c>
       <c r="I8" s="29">
@@ -2142,55 +2157,58 @@
       </c>
       <c r="W8" s="29">
         <v>0.7857019300000001</v>
       </c>
       <c r="X8" s="29">
         <v>1.0085799800000002</v>
       </c>
       <c r="Y8" s="29">
         <v>0.85373622000000005</v>
       </c>
       <c r="Z8" s="29">
         <v>0.60914661999999997</v>
       </c>
       <c r="AA8" s="29">
         <v>0.70862884000000004</v>
       </c>
       <c r="AB8" s="29">
         <v>0.79034360999999997</v>
       </c>
       <c r="AC8" s="29">
         <v>1.2186875800000001</v>
       </c>
       <c r="AD8" s="29">
         <v>0.88654802999999993</v>
       </c>
-      <c r="AE8" s="30">
+      <c r="AE8" s="29">
         <v>0.82922813000000006</v>
       </c>
+      <c r="AF8" s="30">
+        <v>1.1835853299999999</v>
+      </c>
     </row>
-    <row r="9" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="25">
         <v>2.2209521199999998</v>
       </c>
       <c r="C9" s="26">
         <v>1.30763085</v>
       </c>
       <c r="D9" s="26">
         <v>0.841194</v>
       </c>
       <c r="E9" s="26">
         <v>0.81507792999999995</v>
       </c>
       <c r="F9" s="26">
         <v>0.31198077000000002</v>
       </c>
       <c r="G9" s="26">
         <v>1.1961246600000002</v>
       </c>
       <c r="H9" s="26">
         <v>4.4429225299999997</v>
       </c>
       <c r="I9" s="26">
@@ -2237,55 +2255,58 @@
       </c>
       <c r="W9" s="26">
         <v>0.7857019300000001</v>
       </c>
       <c r="X9" s="26">
         <v>1.0085799800000002</v>
       </c>
       <c r="Y9" s="26">
         <v>0.85373622000000005</v>
       </c>
       <c r="Z9" s="26">
         <v>0.60914661999999997</v>
       </c>
       <c r="AA9" s="26">
         <v>0.70862884000000004</v>
       </c>
       <c r="AB9" s="26">
         <v>0.79034360999999997</v>
       </c>
       <c r="AC9" s="26">
         <v>1.2186875800000001</v>
       </c>
       <c r="AD9" s="26">
         <v>0.88654802999999993</v>
       </c>
-      <c r="AE9" s="27">
+      <c r="AE9" s="26">
         <v>0.82922813000000006</v>
       </c>
+      <c r="AF9" s="27">
+        <v>1.1835853299999999</v>
+      </c>
     </row>
-    <row r="10" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="25">
         <v>0</v>
       </c>
       <c r="C10" s="26">
         <v>0</v>
       </c>
       <c r="D10" s="26">
         <v>0</v>
       </c>
       <c r="E10" s="26">
         <v>0</v>
       </c>
       <c r="F10" s="26">
         <v>0</v>
       </c>
       <c r="G10" s="26">
         <v>0</v>
       </c>
       <c r="H10" s="26">
         <v>0</v>
       </c>
       <c r="I10" s="26">
@@ -2332,55 +2353,58 @@
       </c>
       <c r="W10" s="26">
         <v>0</v>
       </c>
       <c r="X10" s="26">
         <v>0</v>
       </c>
       <c r="Y10" s="26">
         <v>0</v>
       </c>
       <c r="Z10" s="26">
         <v>0</v>
       </c>
       <c r="AA10" s="26">
         <v>0</v>
       </c>
       <c r="AB10" s="26">
         <v>0</v>
       </c>
       <c r="AC10" s="26">
         <v>0</v>
       </c>
       <c r="AD10" s="26">
         <v>0</v>
       </c>
-      <c r="AE10" s="27">
+      <c r="AE10" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF10" s="27">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="28">
         <v>2421.3810000000003</v>
       </c>
       <c r="C11" s="29">
         <v>2928.6220000000003</v>
       </c>
       <c r="D11" s="29">
         <v>2777.5579999999995</v>
       </c>
       <c r="E11" s="29">
         <v>3039.0730000000003</v>
       </c>
       <c r="F11" s="29">
         <v>2798.4249999999997</v>
       </c>
       <c r="G11" s="29">
         <v>3095.4160000000002</v>
       </c>
       <c r="H11" s="29">
         <v>2980.6939999999995</v>
       </c>
       <c r="I11" s="29">
@@ -2427,55 +2451,58 @@
       </c>
       <c r="W11" s="29">
         <v>1455.0260000000001</v>
       </c>
       <c r="X11" s="29">
         <v>1456.806</v>
       </c>
       <c r="Y11" s="29">
         <v>1527.2869999999998</v>
       </c>
       <c r="Z11" s="29">
         <v>1416.6530000000002</v>
       </c>
       <c r="AA11" s="29">
         <v>1882.0070000000003</v>
       </c>
       <c r="AB11" s="29">
         <v>1864.7240000000002</v>
       </c>
       <c r="AC11" s="29">
         <v>1947.241</v>
       </c>
       <c r="AD11" s="29">
         <v>1922.5539999999999</v>
       </c>
-      <c r="AE11" s="30">
+      <c r="AE11" s="29">
         <v>1991.252</v>
       </c>
+      <c r="AF11" s="30">
+        <v>2022.5890000000004</v>
+      </c>
     </row>
-    <row r="12" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="25">
         <v>928.95519750000017</v>
       </c>
       <c r="C12" s="26">
         <v>1293.1064892389825</v>
       </c>
       <c r="D12" s="26">
         <v>1228.9506284346553</v>
       </c>
       <c r="E12" s="26">
         <v>1548.8876597556434</v>
       </c>
       <c r="F12" s="26">
         <v>1334.5063220279828</v>
       </c>
       <c r="G12" s="26">
         <v>1608.3234749681301</v>
       </c>
       <c r="H12" s="26">
         <v>1439.1825369849234</v>
       </c>
       <c r="I12" s="26">
@@ -2522,55 +2549,58 @@
       </c>
       <c r="W12" s="26">
         <v>514.48037584749079</v>
       </c>
       <c r="X12" s="26">
         <v>517.89147596556643</v>
       </c>
       <c r="Y12" s="26">
         <v>556.65197464010009</v>
       </c>
       <c r="Z12" s="26">
         <v>498.82810447204622</v>
       </c>
       <c r="AA12" s="26">
         <v>562.09583281382515</v>
       </c>
       <c r="AB12" s="26">
         <v>533.55023854248157</v>
       </c>
       <c r="AC12" s="26">
         <v>545.7399898723113</v>
       </c>
       <c r="AD12" s="26">
         <v>527.87338777424407</v>
       </c>
-      <c r="AE12" s="27">
+      <c r="AE12" s="26">
         <v>560.80332707970422</v>
       </c>
+      <c r="AF12" s="27">
+        <v>555.70097524905566</v>
+      </c>
     </row>
-    <row r="13" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="25">
         <v>1492.4258024999999</v>
       </c>
       <c r="C13" s="26">
         <v>1635.5155107610178</v>
       </c>
       <c r="D13" s="26">
         <v>1548.6073715653442</v>
       </c>
       <c r="E13" s="26">
         <v>1490.1853402443569</v>
       </c>
       <c r="F13" s="26">
         <v>1463.9186779720169</v>
       </c>
       <c r="G13" s="26">
         <v>1487.0925250318699</v>
       </c>
       <c r="H13" s="26">
         <v>1541.5114630150761</v>
       </c>
       <c r="I13" s="26">
@@ -2617,55 +2647,58 @@
       </c>
       <c r="W13" s="26">
         <v>940.54562415250928</v>
       </c>
       <c r="X13" s="26">
         <v>938.9145240344335</v>
       </c>
       <c r="Y13" s="26">
         <v>970.63502535989971</v>
       </c>
       <c r="Z13" s="26">
         <v>917.82489552795391</v>
       </c>
       <c r="AA13" s="26">
         <v>1319.9111671861751</v>
       </c>
       <c r="AB13" s="26">
         <v>1331.1737614575186</v>
       </c>
       <c r="AC13" s="26">
         <v>1401.5010101276887</v>
       </c>
       <c r="AD13" s="26">
         <v>1394.6806122257558</v>
       </c>
-      <c r="AE13" s="27">
+      <c r="AE13" s="26">
         <v>1430.4486729202956</v>
       </c>
+      <c r="AF13" s="27">
+        <v>1466.8880247509446</v>
+      </c>
     </row>
-    <row r="14" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="28">
         <v>6273.684331197006</v>
       </c>
       <c r="C14" s="29">
         <v>6354.3532462575549</v>
       </c>
       <c r="D14" s="29">
         <v>6581.9929630432343</v>
       </c>
       <c r="E14" s="29">
         <v>6661.6859523916964</v>
       </c>
       <c r="F14" s="29">
         <v>6713.3453299160001</v>
       </c>
       <c r="G14" s="29">
         <v>6648.7363504069463</v>
       </c>
       <c r="H14" s="29">
         <v>6756.4456773778502</v>
       </c>
       <c r="I14" s="29">
@@ -2710,57 +2743,60 @@
       <c r="V14" s="29">
         <v>7539.8796897260127</v>
       </c>
       <c r="W14" s="29">
         <v>7431.1989593827566</v>
       </c>
       <c r="X14" s="29">
         <v>7593.4661618577638</v>
       </c>
       <c r="Y14" s="29">
         <v>7701.0754188295959</v>
       </c>
       <c r="Z14" s="29">
         <v>7814.997804773202</v>
       </c>
       <c r="AA14" s="29">
         <v>7960.4472337327807</v>
       </c>
       <c r="AB14" s="29">
         <v>8339.4918914932332</v>
       </c>
       <c r="AC14" s="29">
         <v>8553.8200928329079</v>
       </c>
       <c r="AD14" s="29">
-        <v>8742.1548144289081</v>
-[...2 lines deleted...]
-        <v>8815.3384193798847</v>
+        <v>8760.8427321598174</v>
+      </c>
+      <c r="AE14" s="29">
+        <v>8860.8299555628837</v>
+      </c>
+      <c r="AF14" s="30">
+        <v>9032.7675998800933</v>
       </c>
     </row>
-    <row r="15" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="25">
         <v>3193.6640225969554</v>
       </c>
       <c r="C15" s="26">
         <v>3176.9731790092628</v>
       </c>
       <c r="D15" s="26">
         <v>3320.4223735469677</v>
       </c>
       <c r="E15" s="26">
         <v>3427.1155100125911</v>
       </c>
       <c r="F15" s="26">
         <v>3370.7160844834825</v>
       </c>
       <c r="G15" s="26">
         <v>3295.3525308089997</v>
       </c>
       <c r="H15" s="26">
         <v>3344.9501117581162</v>
       </c>
       <c r="I15" s="26">
@@ -2805,57 +2841,60 @@
       <c r="V15" s="26">
         <v>3993.7163056900581</v>
       </c>
       <c r="W15" s="26">
         <v>3816.6283821289958</v>
       </c>
       <c r="X15" s="26">
         <v>3915.0709910399814</v>
       </c>
       <c r="Y15" s="26">
         <v>4023.240080559005</v>
       </c>
       <c r="Z15" s="26">
         <v>4081.4838220995248</v>
       </c>
       <c r="AA15" s="26">
         <v>4245.6227097209958</v>
       </c>
       <c r="AB15" s="26">
         <v>4536.0200822608813</v>
       </c>
       <c r="AC15" s="26">
         <v>4715.5424338822822</v>
       </c>
       <c r="AD15" s="26">
-        <v>4830.1813759201932</v>
-[...2 lines deleted...]
-        <v>4902.1021551401936</v>
+        <v>4832.3779886169159</v>
+      </c>
+      <c r="AE15" s="26">
+        <v>4924.9750513501485</v>
+      </c>
+      <c r="AF15" s="27">
+        <v>5083.6362412897997</v>
       </c>
     </row>
-    <row r="16" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="25">
         <v>3080.0203086000506</v>
       </c>
       <c r="C16" s="26">
         <v>3177.3800672482921</v>
       </c>
       <c r="D16" s="26">
         <v>3261.5705894962666</v>
       </c>
       <c r="E16" s="26">
         <v>3234.5704423791053</v>
       </c>
       <c r="F16" s="26">
         <v>3342.6292454325176</v>
       </c>
       <c r="G16" s="26">
         <v>3353.3838195979465</v>
       </c>
       <c r="H16" s="26">
         <v>3411.495565619734</v>
       </c>
       <c r="I16" s="26">
@@ -2900,57 +2939,60 @@
       <c r="V16" s="26">
         <v>3546.163384035955</v>
       </c>
       <c r="W16" s="26">
         <v>3614.5705772537603</v>
       </c>
       <c r="X16" s="26">
         <v>3678.3951708177824</v>
       </c>
       <c r="Y16" s="26">
         <v>3677.8353382705914</v>
       </c>
       <c r="Z16" s="26">
         <v>3733.5139826736772</v>
       </c>
       <c r="AA16" s="26">
         <v>3714.8245240117844</v>
       </c>
       <c r="AB16" s="26">
         <v>3803.4718092323515</v>
       </c>
       <c r="AC16" s="26">
         <v>3838.2776589506257</v>
       </c>
       <c r="AD16" s="26">
-        <v>3911.9734385087154</v>
-[...2 lines deleted...]
-        <v>3913.2362642396915</v>
+        <v>3928.4647435429019</v>
+      </c>
+      <c r="AE16" s="26">
+        <v>3935.8549042127343</v>
+      </c>
+      <c r="AF16" s="27">
+        <v>3949.1313585902931</v>
       </c>
     </row>
-    <row r="17" spans="1:31" s="11" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:32" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="31">
         <v>3792.6956324999996</v>
       </c>
       <c r="C17" s="32">
         <v>3713.0596324999997</v>
       </c>
       <c r="D17" s="32">
         <v>3689.5086324999997</v>
       </c>
       <c r="E17" s="32">
         <v>3592.3766324999997</v>
       </c>
       <c r="F17" s="32">
         <v>3855.0676324999999</v>
       </c>
       <c r="G17" s="32">
         <v>3884.5496324999999</v>
       </c>
       <c r="H17" s="32">
         <v>3908.8996324999998</v>
       </c>
       <c r="I17" s="32">
@@ -2995,57 +3037,60 @@
       <c r="V17" s="32">
         <v>3907.3090000000002</v>
       </c>
       <c r="W17" s="32">
         <v>4331.482</v>
       </c>
       <c r="X17" s="32">
         <v>4427.2449999999999</v>
       </c>
       <c r="Y17" s="32">
         <v>4322.9840000000004</v>
       </c>
       <c r="Z17" s="32">
         <v>4545.3070000000007</v>
       </c>
       <c r="AA17" s="32">
         <v>4637.9930000000004</v>
       </c>
       <c r="AB17" s="32">
         <v>4744.6890000000003</v>
       </c>
       <c r="AC17" s="32">
         <v>4729.0010000000002</v>
       </c>
       <c r="AD17" s="32">
-        <v>4738.2889999999998</v>
-[...2 lines deleted...]
-        <v>4807.1750000000002</v>
+        <v>4724.6279999999997</v>
+      </c>
+      <c r="AE17" s="32">
+        <v>4797.8179999999993</v>
+      </c>
+      <c r="AF17" s="33">
+        <v>4783.1890000000003</v>
       </c>
     </row>
-    <row r="18" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="34">
         <v>21244.08979742576</v>
       </c>
       <c r="C18" s="35">
         <v>21780.464746004538</v>
       </c>
       <c r="D18" s="35">
         <v>21774.67693778481</v>
       </c>
       <c r="E18" s="35">
         <v>21926.401992768177</v>
       </c>
       <c r="F18" s="35">
         <v>22086.533552762634</v>
       </c>
       <c r="G18" s="35">
         <v>22274.89267643616</v>
       </c>
       <c r="H18" s="35">
         <v>22355.061121202474</v>
       </c>
       <c r="I18" s="35">
@@ -3090,75 +3135,78 @@
       <c r="V18" s="35">
         <v>23266.822656347947</v>
       </c>
       <c r="W18" s="35">
         <v>23377.353431269112</v>
       </c>
       <c r="X18" s="35">
         <v>23483.734428961507</v>
       </c>
       <c r="Y18" s="35">
         <v>23488.080971360407</v>
       </c>
       <c r="Z18" s="35">
         <v>23778.018105486422</v>
       </c>
       <c r="AA18" s="35">
         <v>24650.911648802452</v>
       </c>
       <c r="AB18" s="35">
         <v>25083.910523894607</v>
       </c>
       <c r="AC18" s="35">
         <v>25449.154100253549</v>
       </c>
       <c r="AD18" s="35">
-        <v>25344.736995903648</v>
-[...2 lines deleted...]
-        <v>25197.022837751621</v>
+        <v>25349.760037848613</v>
+      </c>
+      <c r="AE18" s="35">
+        <v>25478.142067516677</v>
+      </c>
+      <c r="AF18" s="36">
+        <v>26302.584792027381</v>
       </c>
     </row>
-    <row r="27" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:32" x14ac:dyDescent="0.25">
       <c r="H27" s="20"/>
     </row>
-    <row r="29" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:32" x14ac:dyDescent="0.25">
       <c r="F29" s="13"/>
     </row>
   </sheetData>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AE27"/>
+  <dimension ref="A1:AF27"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="I1" workbookViewId="0">
-      <selection activeCell="AF32" sqref="AF32"/>
+      <selection activeCell="Z34" sqref="Z34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="53.140625" style="2" customWidth="1"/>
     <col min="2" max="18" width="10.7109375" style="2" customWidth="1"/>
     <col min="19" max="254" width="9.140625" style="2"/>
     <col min="255" max="255" width="53.140625" style="2" customWidth="1"/>
     <col min="256" max="259" width="17.140625" style="2" customWidth="1"/>
     <col min="260" max="260" width="9.140625" style="2"/>
     <col min="261" max="261" width="36.85546875" style="2" customWidth="1"/>
     <col min="262" max="262" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="263" max="510" width="9.140625" style="2"/>
     <col min="511" max="511" width="53.140625" style="2" customWidth="1"/>
     <col min="512" max="515" width="17.140625" style="2" customWidth="1"/>
     <col min="516" max="516" width="9.140625" style="2"/>
     <col min="517" max="517" width="36.85546875" style="2" customWidth="1"/>
     <col min="518" max="518" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="519" max="766" width="9.140625" style="2"/>
     <col min="767" max="767" width="53.140625" style="2" customWidth="1"/>
     <col min="768" max="771" width="17.140625" style="2" customWidth="1"/>
     <col min="772" max="772" width="9.140625" style="2"/>
     <col min="773" max="773" width="36.85546875" style="2" customWidth="1"/>
     <col min="774" max="774" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="775" max="1022" width="9.140625" style="2"/>
@@ -3502,81 +3550,81 @@
     <col min="15360" max="15363" width="17.140625" style="2" customWidth="1"/>
     <col min="15364" max="15364" width="9.140625" style="2"/>
     <col min="15365" max="15365" width="36.85546875" style="2" customWidth="1"/>
     <col min="15366" max="15366" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="15367" max="15614" width="9.140625" style="2"/>
     <col min="15615" max="15615" width="53.140625" style="2" customWidth="1"/>
     <col min="15616" max="15619" width="17.140625" style="2" customWidth="1"/>
     <col min="15620" max="15620" width="9.140625" style="2"/>
     <col min="15621" max="15621" width="36.85546875" style="2" customWidth="1"/>
     <col min="15622" max="15622" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="15623" max="15870" width="9.140625" style="2"/>
     <col min="15871" max="15871" width="53.140625" style="2" customWidth="1"/>
     <col min="15872" max="15875" width="17.140625" style="2" customWidth="1"/>
     <col min="15876" max="15876" width="9.140625" style="2"/>
     <col min="15877" max="15877" width="36.85546875" style="2" customWidth="1"/>
     <col min="15878" max="15878" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="15879" max="16126" width="9.140625" style="2"/>
     <col min="16127" max="16127" width="53.140625" style="2" customWidth="1"/>
     <col min="16128" max="16131" width="17.140625" style="2" customWidth="1"/>
     <col min="16132" max="16132" width="9.140625" style="2"/>
     <col min="16133" max="16133" width="36.85546875" style="2" customWidth="1"/>
     <col min="16134" max="16134" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="16135" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="2" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
     </row>
-    <row r="3" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="4" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="37" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="38" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="38" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="38" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="38" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="38" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="38" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="38" t="s">
         <v>7</v>
       </c>
@@ -3621,55 +3669,58 @@
       </c>
       <c r="W4" s="38" t="s">
         <v>40</v>
       </c>
       <c r="X4" s="38" t="s">
         <v>41</v>
       </c>
       <c r="Y4" s="38" t="s">
         <v>42</v>
       </c>
       <c r="Z4" s="38" t="s">
         <v>43</v>
       </c>
       <c r="AA4" s="38" t="s">
         <v>44</v>
       </c>
       <c r="AB4" s="38" t="s">
         <v>45</v>
       </c>
       <c r="AC4" s="38" t="s">
         <v>46</v>
       </c>
       <c r="AD4" s="38" t="s">
         <v>47</v>
       </c>
-      <c r="AE4" s="21" t="s">
+      <c r="AE4" s="38" t="s">
         <v>48</v>
       </c>
+      <c r="AF4" s="21" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="5" spans="1:31" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:32" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B5" s="22">
         <v>4164.5241546518764</v>
       </c>
       <c r="C5" s="23">
         <v>4515.6321591888218</v>
       </c>
       <c r="D5" s="23">
         <v>4597.2450235484012</v>
       </c>
       <c r="E5" s="23">
         <v>5029.061696298234</v>
       </c>
       <c r="F5" s="23">
         <v>4750.9053152977986</v>
       </c>
       <c r="G5" s="23">
         <v>4942.7390004854915</v>
       </c>
       <c r="H5" s="23">
         <v>4821.858660957907</v>
       </c>
       <c r="I5" s="23">
@@ -3714,57 +3765,60 @@
       <c r="V5" s="23">
         <v>4628.1617906083238</v>
       </c>
       <c r="W5" s="23">
         <v>4405.6998808547187</v>
       </c>
       <c r="X5" s="23">
         <v>4510.1294347644152</v>
       </c>
       <c r="Y5" s="23">
         <v>4661.3066442291056</v>
       </c>
       <c r="Z5" s="23">
         <v>4663.0655229471759</v>
       </c>
       <c r="AA5" s="23">
         <v>4892.3007397460851</v>
       </c>
       <c r="AB5" s="23">
         <v>5155.2904479671906</v>
       </c>
       <c r="AC5" s="23">
         <v>5349.407102264594</v>
       </c>
       <c r="AD5" s="23">
-        <v>5448.6485862621521</v>
-[...2 lines deleted...]
-        <v>5556.5006871964852</v>
+        <v>5450.8451989588748</v>
+      </c>
+      <c r="AE5" s="23">
+        <v>5579.3735834064391</v>
+      </c>
+      <c r="AF5" s="24">
+        <v>5735.1551570836546</v>
       </c>
     </row>
-    <row r="6" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A6" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="26">
         <v>870.37955648000002</v>
       </c>
       <c r="C6" s="26">
         <v>1177.1144606489825</v>
       </c>
       <c r="D6" s="26">
         <v>1142.1981957846551</v>
       </c>
       <c r="E6" s="26">
         <v>1466.8908200456435</v>
       </c>
       <c r="F6" s="26">
         <v>1253.046084257983</v>
       </c>
       <c r="G6" s="26">
         <v>1431.81284213813</v>
       </c>
       <c r="H6" s="26">
         <v>1323.9617634149236</v>
       </c>
       <c r="I6" s="26">
@@ -3811,55 +3865,58 @@
       </c>
       <c r="W6" s="26">
         <v>461.31916397749069</v>
       </c>
       <c r="X6" s="26">
         <v>471.2199366355664</v>
       </c>
       <c r="Y6" s="26">
         <v>510.54055185010014</v>
       </c>
       <c r="Z6" s="26">
         <v>459.26536622204623</v>
       </c>
       <c r="AA6" s="26">
         <v>511.79328620382512</v>
       </c>
       <c r="AB6" s="26">
         <v>494.22805045248157</v>
       </c>
       <c r="AC6" s="26">
         <v>514.91499438231131</v>
       </c>
       <c r="AD6" s="26">
         <v>492.04443519424404</v>
       </c>
-      <c r="AE6" s="27">
+      <c r="AE6" s="26">
         <v>519.61972668970418</v>
       </c>
+      <c r="AF6" s="27">
+        <v>525.45972204905559</v>
+      </c>
     </row>
-    <row r="7" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A7" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="26">
         <v>0</v>
       </c>
       <c r="C7" s="26">
         <v>0</v>
       </c>
       <c r="D7" s="26">
         <v>0</v>
       </c>
       <c r="E7" s="26">
         <v>0</v>
       </c>
       <c r="F7" s="26">
         <v>0</v>
       </c>
       <c r="G7" s="26">
         <v>0</v>
       </c>
       <c r="H7" s="26">
         <v>0</v>
       </c>
       <c r="I7" s="26">
@@ -3906,55 +3963,58 @@
       </c>
       <c r="W7" s="26">
         <v>0</v>
       </c>
       <c r="X7" s="26">
         <v>0</v>
       </c>
       <c r="Y7" s="26">
         <v>0</v>
       </c>
       <c r="Z7" s="26">
         <v>0</v>
       </c>
       <c r="AA7" s="26">
         <v>0</v>
       </c>
       <c r="AB7" s="26">
         <v>0</v>
       </c>
       <c r="AC7" s="26">
         <v>0</v>
       </c>
       <c r="AD7" s="26">
         <v>0</v>
       </c>
-      <c r="AE7" s="27">
+      <c r="AE7" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF7" s="27">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="26">
         <v>963.18804223186828</v>
       </c>
       <c r="C8" s="26">
         <v>895.01913429562444</v>
       </c>
       <c r="D8" s="26">
         <v>990.92685615528569</v>
       </c>
       <c r="E8" s="26">
         <v>1057.7430687650476</v>
       </c>
       <c r="F8" s="26">
         <v>1052.9591249570333</v>
       </c>
       <c r="G8" s="26">
         <v>958.81993748294769</v>
       </c>
       <c r="H8" s="26">
         <v>983.15694116960981</v>
       </c>
       <c r="I8" s="26">
@@ -3999,57 +4059,60 @@
       <c r="V8" s="26">
         <v>1223.9653082915447</v>
       </c>
       <c r="W8" s="26">
         <v>997.97498771496998</v>
       </c>
       <c r="X8" s="26">
         <v>1073.6964019249795</v>
       </c>
       <c r="Y8" s="26">
         <v>1167.5981030356297</v>
       </c>
       <c r="Z8" s="26">
         <v>1174.5892079867147</v>
       </c>
       <c r="AA8" s="26">
         <v>1222.1101363579573</v>
       </c>
       <c r="AB8" s="26">
         <v>1359.0905686424337</v>
       </c>
       <c r="AC8" s="26">
         <v>1441.4961102799816</v>
       </c>
       <c r="AD8" s="26">
-        <v>1449.337192919947</v>
-[...2 lines deleted...]
-        <v>1421.5617402166154</v>
+        <v>1451.5338056166693</v>
+      </c>
+      <c r="AE8" s="26">
+        <v>1435.4008450433503</v>
+      </c>
+      <c r="AF8" s="27">
+        <v>1477.9220416148926</v>
       </c>
     </row>
-    <row r="9" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="26">
         <v>2252.677882983337</v>
       </c>
       <c r="C9" s="26">
         <v>2302.9605235816384</v>
       </c>
       <c r="D9" s="26">
         <v>2351.6584728902822</v>
       </c>
       <c r="E9" s="26">
         <v>2402.2924653935429</v>
       </c>
       <c r="F9" s="26">
         <v>2337.2606396544493</v>
       </c>
       <c r="G9" s="26">
         <v>2364.1299501780522</v>
       </c>
       <c r="H9" s="26">
         <v>2392.7843847485065</v>
       </c>
       <c r="I9" s="26">
@@ -4096,55 +4159,58 @@
       </c>
       <c r="W9" s="26">
         <v>2804.8526146380259</v>
       </c>
       <c r="X9" s="26">
         <v>2827.1860790130017</v>
       </c>
       <c r="Y9" s="26">
         <v>2841.9566569653757</v>
       </c>
       <c r="Z9" s="26">
         <v>2883.4248659508107</v>
       </c>
       <c r="AA9" s="26">
         <v>3001.5077057280391</v>
       </c>
       <c r="AB9" s="26">
         <v>3145.9842833984467</v>
       </c>
       <c r="AC9" s="26">
         <v>3252.3888822641011</v>
       </c>
       <c r="AD9" s="26">
         <v>3332.0237437282458</v>
       </c>
-      <c r="AE9" s="27">
-        <v>3450.7806025589207</v>
+      <c r="AE9" s="26">
+        <v>3451.4339582127986</v>
+      </c>
+      <c r="AF9" s="27">
+        <v>3568.3237683103066</v>
       </c>
     </row>
-    <row r="10" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A10" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="26">
         <v>78.278672956671329</v>
       </c>
       <c r="C10" s="26">
         <v>140.53804066257632</v>
       </c>
       <c r="D10" s="26">
         <v>112.46149871817749</v>
       </c>
       <c r="E10" s="26">
         <v>102.13534209399999</v>
       </c>
       <c r="F10" s="26">
         <v>107.63946642833346</v>
       </c>
       <c r="G10" s="26">
         <v>187.97627068636211</v>
       </c>
       <c r="H10" s="26">
         <v>121.95557162486671</v>
       </c>
       <c r="I10" s="26">
@@ -4191,55 +4257,58 @@
       </c>
       <c r="W10" s="26">
         <v>141.5531145242322</v>
       </c>
       <c r="X10" s="26">
         <v>138.02701719086824</v>
       </c>
       <c r="Y10" s="26">
         <v>141.2113323779999</v>
       </c>
       <c r="Z10" s="26">
         <v>145.78608278760456</v>
       </c>
       <c r="AA10" s="26">
         <v>156.88961145626357</v>
       </c>
       <c r="AB10" s="26">
         <v>155.98754547382856</v>
       </c>
       <c r="AC10" s="26">
         <v>140.60711533819992</v>
       </c>
       <c r="AD10" s="26">
         <v>175.24321441971526</v>
       </c>
-      <c r="AE10" s="27">
-        <v>164.53861773124444</v>
+      <c r="AE10" s="26">
+        <v>172.91905346058564</v>
+      </c>
+      <c r="AF10" s="27">
+        <v>163.44962510939956</v>
       </c>
     </row>
-    <row r="11" spans="1:31" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:32" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="17" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="29">
         <v>13286.870010273882</v>
       </c>
       <c r="C11" s="29">
         <v>13551.772954315715</v>
       </c>
       <c r="D11" s="29">
         <v>13487.923281736408</v>
       </c>
       <c r="E11" s="29">
         <v>13304.963663969944</v>
       </c>
       <c r="F11" s="29">
         <v>13480.560604964836</v>
       </c>
       <c r="G11" s="29">
         <v>13447.604043450669</v>
       </c>
       <c r="H11" s="29">
         <v>13624.302827744568</v>
       </c>
       <c r="I11" s="29">
@@ -4284,57 +4353,60 @@
       <c r="V11" s="29">
         <v>14731.351865739618</v>
       </c>
       <c r="W11" s="29">
         <v>14640.171550414392</v>
       </c>
       <c r="X11" s="29">
         <v>14546.359994197093</v>
       </c>
       <c r="Y11" s="29">
         <v>14503.790327131304</v>
       </c>
       <c r="Z11" s="29">
         <v>14569.645582539246</v>
       </c>
       <c r="AA11" s="29">
         <v>15120.617909056366</v>
       </c>
       <c r="AB11" s="29">
         <v>15183.931075927418</v>
       </c>
       <c r="AC11" s="29">
         <v>15370.745997988955</v>
       </c>
       <c r="AD11" s="29">
-        <v>15157.799409641495</v>
-[...2 lines deleted...]
-        <v>14833.347150555139</v>
+        <v>15174.286838889739</v>
+      </c>
+      <c r="AE11" s="29">
+        <v>15100.950484110241</v>
+      </c>
+      <c r="AF11" s="30">
+        <v>15784.240634943726</v>
       </c>
     </row>
-    <row r="12" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="26">
         <v>371.25252122498102</v>
       </c>
       <c r="C12" s="26">
         <v>379.65416067626398</v>
       </c>
       <c r="D12" s="26">
         <v>379.26706842372602</v>
       </c>
       <c r="E12" s="26">
         <v>382.08016403288099</v>
       </c>
       <c r="F12" s="26">
         <v>388.81711373478299</v>
       </c>
       <c r="G12" s="26">
         <v>384.40561350012302</v>
       </c>
       <c r="H12" s="26">
         <v>393.96193337387695</v>
       </c>
       <c r="I12" s="26">
@@ -4381,55 +4453,58 @@
       </c>
       <c r="W12" s="26">
         <v>990.87102187051198</v>
       </c>
       <c r="X12" s="26">
         <v>1010.094504194256</v>
       </c>
       <c r="Y12" s="26">
         <v>988.39513829187194</v>
       </c>
       <c r="Z12" s="26">
         <v>993.76903010958404</v>
       </c>
       <c r="AA12" s="26">
         <v>998.06374383769605</v>
       </c>
       <c r="AB12" s="26">
         <v>985.09077799521583</v>
       </c>
       <c r="AC12" s="26">
         <v>1018.66732891064</v>
       </c>
       <c r="AD12" s="26">
         <v>998.18535890702401</v>
       </c>
-      <c r="AE12" s="27">
+      <c r="AE12" s="26">
         <v>953.55221339515197</v>
       </c>
+      <c r="AF12" s="27">
+        <v>949.78546679395197</v>
+      </c>
     </row>
-    <row r="13" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A13" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="26">
         <v>538.12280249999992</v>
       </c>
       <c r="C13" s="26">
         <v>632.18151076101788</v>
       </c>
       <c r="D13" s="26">
         <v>1351.5453715653443</v>
       </c>
       <c r="E13" s="26">
         <v>1284.017340244357</v>
       </c>
       <c r="F13" s="26">
         <v>1260.4496779720168</v>
       </c>
       <c r="G13" s="26">
         <v>1263.1945250318699</v>
       </c>
       <c r="H13" s="26">
         <v>1325.7704630150761</v>
       </c>
       <c r="I13" s="26">
@@ -4474,57 +4549,60 @@
       <c r="V13" s="26">
         <v>788.61267047519027</v>
       </c>
       <c r="W13" s="26">
         <v>772.23262415250929</v>
       </c>
       <c r="X13" s="26">
         <v>766.36252403443348</v>
       </c>
       <c r="Y13" s="26">
         <v>794.39002535989971</v>
       </c>
       <c r="Z13" s="26">
         <v>768.04489552795394</v>
       </c>
       <c r="AA13" s="26">
         <v>1096.0001671861751</v>
       </c>
       <c r="AB13" s="26">
         <v>1112.8087614575186</v>
       </c>
       <c r="AC13" s="26">
         <v>1174.9800101276887</v>
       </c>
       <c r="AD13" s="26">
-        <v>1144.0976122257559</v>
-[...2 lines deleted...]
-        <v>1187.0856729202956</v>
+        <v>1147.4286122257558</v>
+      </c>
+      <c r="AE13" s="26">
+        <v>1192.2306729202955</v>
+      </c>
+      <c r="AF13" s="27">
+        <v>1183.1190247509444</v>
       </c>
     </row>
-    <row r="14" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="25">
         <v>146.63600000176203</v>
       </c>
       <c r="C14" s="26">
         <v>167.40294000398595</v>
       </c>
       <c r="D14" s="26">
         <v>163.64694000398592</v>
       </c>
       <c r="E14" s="26">
         <v>147.92044000621095</v>
       </c>
       <c r="F14" s="26">
         <v>140.10473400621098</v>
       </c>
       <c r="G14" s="26">
         <v>141.22313700843529</v>
       </c>
       <c r="H14" s="26">
         <v>127.89159800843525</v>
       </c>
       <c r="I14" s="26">
@@ -4571,55 +4649,58 @@
       </c>
       <c r="W14" s="26">
         <v>316.94494923567964</v>
       </c>
       <c r="X14" s="26">
         <v>310.36686958724215</v>
       </c>
       <c r="Y14" s="26">
         <v>310.10418948723702</v>
       </c>
       <c r="Z14" s="26">
         <v>301.50352116777901</v>
       </c>
       <c r="AA14" s="26">
         <v>311.76560781993965</v>
       </c>
       <c r="AB14" s="26">
         <v>300.67092808493965</v>
       </c>
       <c r="AC14" s="26">
         <v>283.49046406493477</v>
       </c>
       <c r="AD14" s="26">
         <v>312.92934311461738</v>
       </c>
-      <c r="AE14" s="27">
+      <c r="AE14" s="26">
         <v>309.26809209398749</v>
       </c>
+      <c r="AF14" s="27">
+        <v>693.05450263398734</v>
+      </c>
     </row>
-    <row r="15" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A15" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="25">
         <v>12167.911239516205</v>
       </c>
       <c r="C15" s="26">
         <v>12312.056758064429</v>
       </c>
       <c r="D15" s="26">
         <v>11535.698854208496</v>
       </c>
       <c r="E15" s="26">
         <v>11435.839709972141</v>
       </c>
       <c r="F15" s="26">
         <v>11539.94345664854</v>
       </c>
       <c r="G15" s="26">
         <v>11507.01221369807</v>
       </c>
       <c r="H15" s="26">
         <v>11623.873650545251</v>
       </c>
       <c r="I15" s="26">
@@ -4664,57 +4745,60 @@
       <c r="V15" s="26">
         <v>12527.085110111262</v>
       </c>
       <c r="W15" s="26">
         <v>12461.361004066122</v>
       </c>
       <c r="X15" s="26">
         <v>12359.353862720367</v>
       </c>
       <c r="Y15" s="26">
         <v>12305.936667162383</v>
       </c>
       <c r="Z15" s="26">
         <v>12400.57137969784</v>
       </c>
       <c r="AA15" s="26">
         <v>12607.651824868695</v>
       </c>
       <c r="AB15" s="26">
         <v>12677.166922455821</v>
       </c>
       <c r="AC15" s="26">
         <v>12778.849929644513</v>
       </c>
       <c r="AD15" s="26">
-        <v>12590.802702456316</v>
-[...2 lines deleted...]
-        <v>12275.090839764196</v>
+        <v>12603.947043704558</v>
+      </c>
+      <c r="AE15" s="26">
+        <v>12535.507384668173</v>
+      </c>
+      <c r="AF15" s="27">
+        <v>12851.184309596483</v>
       </c>
     </row>
-    <row r="16" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A16" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="25">
         <v>40.989579642434215</v>
       </c>
       <c r="C16" s="26">
         <v>38.189803565517344</v>
       </c>
       <c r="D16" s="26">
         <v>35.365300317354141</v>
       </c>
       <c r="E16" s="26">
         <v>32.581282446853891</v>
       </c>
       <c r="F16" s="26">
         <v>127.93774548578595</v>
       </c>
       <c r="G16" s="26">
         <v>128.95490289467102</v>
       </c>
       <c r="H16" s="26">
         <v>129.90934543442873</v>
       </c>
       <c r="I16" s="26">
@@ -4761,55 +4845,58 @@
       </c>
       <c r="W16" s="26">
         <v>64.509715912069183</v>
       </c>
       <c r="X16" s="26">
         <v>67.723752263294188</v>
       </c>
       <c r="Y16" s="26">
         <v>72.112056382410756</v>
       </c>
       <c r="Z16" s="26">
         <v>70.667624938589043</v>
       </c>
       <c r="AA16" s="26">
         <v>71.105843266359486</v>
       </c>
       <c r="AB16" s="26">
         <v>71.346627506421271</v>
       </c>
       <c r="AC16" s="26">
         <v>78.886388433678974</v>
       </c>
       <c r="AD16" s="26">
         <v>73.709617220282368</v>
       </c>
-      <c r="AE16" s="27">
-        <v>69.370731255058956</v>
+      <c r="AE16" s="26">
+        <v>69.383878235132428</v>
+      </c>
+      <c r="AF16" s="27">
+        <v>64.992296111594371</v>
       </c>
     </row>
-    <row r="17" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A17" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="25">
         <v>21.957867388499999</v>
       </c>
       <c r="C17" s="26">
         <v>22.2877812445</v>
       </c>
       <c r="D17" s="26">
         <v>22.3997472175</v>
       </c>
       <c r="E17" s="26">
         <v>22.524727267500001</v>
       </c>
       <c r="F17" s="26">
         <v>23.307877117499999</v>
       </c>
       <c r="G17" s="26">
         <v>22.8136513175</v>
       </c>
       <c r="H17" s="26">
         <v>22.8958373675</v>
       </c>
       <c r="I17" s="26">
@@ -4854,57 +4941,60 @@
       <c r="V17" s="26">
         <v>31.055431267499998</v>
       </c>
       <c r="W17" s="26">
         <v>34.252235177499998</v>
       </c>
       <c r="X17" s="26">
         <v>32.458481397500002</v>
       </c>
       <c r="Y17" s="26">
         <v>32.852250447499998</v>
       </c>
       <c r="Z17" s="26">
         <v>35.089131097500001</v>
       </c>
       <c r="AA17" s="26">
         <v>36.030722077499995</v>
       </c>
       <c r="AB17" s="26">
         <v>36.847058427499995</v>
       </c>
       <c r="AC17" s="26">
         <v>35.871876807499994</v>
       </c>
       <c r="AD17" s="26">
-        <v>38.074775717500003</v>
-[...2 lines deleted...]
-        <v>38.979601126448031</v>
+        <v>38.086863717500002</v>
+      </c>
+      <c r="AE17" s="26">
+        <v>41.008242797500003</v>
+      </c>
+      <c r="AF17" s="27">
+        <v>42.105035056765068</v>
       </c>
     </row>
-    <row r="18" spans="1:31" s="11" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:32" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="31">
         <v>3792.6956324999996</v>
       </c>
       <c r="C18" s="32">
         <v>3713.0596324999997</v>
       </c>
       <c r="D18" s="32">
         <v>3689.5086324999997</v>
       </c>
       <c r="E18" s="32">
         <v>3592.3766324999997</v>
       </c>
       <c r="F18" s="32">
         <v>3855.0676324999999</v>
       </c>
       <c r="G18" s="32">
         <v>3884.5496324999999</v>
       </c>
       <c r="H18" s="32">
         <v>3908.8996324999998</v>
       </c>
       <c r="I18" s="32">
@@ -4949,57 +5039,60 @@
       <c r="V18" s="32">
         <v>3907.3090000000002</v>
       </c>
       <c r="W18" s="32">
         <v>4331.482</v>
       </c>
       <c r="X18" s="32">
         <v>4427.2449999999999</v>
       </c>
       <c r="Y18" s="32">
         <v>4322.9840000000004</v>
       </c>
       <c r="Z18" s="32">
         <v>4545.3070000000007</v>
       </c>
       <c r="AA18" s="32">
         <v>4637.9930000000004</v>
       </c>
       <c r="AB18" s="32">
         <v>4744.6890000000003</v>
       </c>
       <c r="AC18" s="32">
         <v>4729.0010000000002</v>
       </c>
       <c r="AD18" s="32">
-        <v>4738.2889999999998</v>
-[...2 lines deleted...]
-        <v>4807.1750000000002</v>
+        <v>4724.6279999999997</v>
+      </c>
+      <c r="AE18" s="32">
+        <v>4797.8179999999993</v>
+      </c>
+      <c r="AF18" s="33">
+        <v>4783.1890000000003</v>
       </c>
     </row>
-    <row r="19" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="34">
         <v>21244.089797425757</v>
       </c>
       <c r="C19" s="35">
         <v>21780.464746004538</v>
       </c>
       <c r="D19" s="35">
         <v>21774.67693778481</v>
       </c>
       <c r="E19" s="35">
         <v>21926.401992768177</v>
       </c>
       <c r="F19" s="35">
         <v>22086.533552762634</v>
       </c>
       <c r="G19" s="35">
         <v>22274.89267643616</v>
       </c>
       <c r="H19" s="35">
         <v>22355.061121202478</v>
       </c>
       <c r="I19" s="35">
@@ -5044,91 +5137,94 @@
       <c r="V19" s="35">
         <v>23266.822656347944</v>
       </c>
       <c r="W19" s="35">
         <v>23377.353431269112</v>
       </c>
       <c r="X19" s="35">
         <v>23483.734428961507</v>
       </c>
       <c r="Y19" s="35">
         <v>23488.08097136041</v>
       </c>
       <c r="Z19" s="35">
         <v>23778.018105486422</v>
       </c>
       <c r="AA19" s="35">
         <v>24650.911648802452</v>
       </c>
       <c r="AB19" s="35">
         <v>25083.910523894607</v>
       </c>
       <c r="AC19" s="35">
         <v>25449.154100253549</v>
       </c>
       <c r="AD19" s="35">
-        <v>25344.736995903648</v>
-[...2 lines deleted...]
-        <v>25197.022837751621</v>
+        <v>25349.760037848613</v>
+      </c>
+      <c r="AE19" s="35">
+        <v>25478.142067516681</v>
+      </c>
+      <c r="AF19" s="36">
+        <v>26302.584792027381</v>
       </c>
     </row>
-    <row r="20" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="21" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="22" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="26" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:32" x14ac:dyDescent="0.25">
       <c r="B26" s="18"/>
       <c r="C26" s="18"/>
       <c r="D26" s="18"/>
       <c r="E26" s="18"/>
       <c r="F26" s="18"/>
       <c r="G26" s="18"/>
       <c r="H26" s="18"/>
       <c r="I26" s="18"/>
       <c r="J26" s="18"/>
       <c r="K26" s="18"/>
       <c r="L26" s="18"/>
       <c r="M26" s="18"/>
       <c r="N26" s="18"/>
       <c r="O26" s="18"/>
       <c r="P26" s="18"/>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
     </row>
-    <row r="27" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:32" x14ac:dyDescent="0.25">
       <c r="B27" s="19"/>
       <c r="C27" s="19"/>
       <c r="D27" s="19"/>
       <c r="E27" s="19"/>
       <c r="F27" s="19"/>
       <c r="G27" s="19"/>
       <c r="H27" s="19"/>
       <c r="I27" s="19"/>
       <c r="J27" s="19"/>
       <c r="K27" s="19"/>
       <c r="L27" s="19"/>
       <c r="M27" s="19"/>
       <c r="N27" s="19"/>
       <c r="O27" s="19"/>
       <c r="P27" s="19"/>
       <c r="Q27" s="19"/>
       <c r="R27" s="19"/>
     </row>
   </sheetData>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 